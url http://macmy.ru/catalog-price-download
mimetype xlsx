--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -16,399 +16,399 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$I$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>Прайс-лист на 20.10.2025</t>
+    <t>Прайс-лист на 10.11.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>MSRP цена</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Миниатюра</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>Apple Mac Pro</t>
   </si>
   <si>
+    <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC30G2008</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
     <t>Mac Pro 3.1 CPU-2x2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC28G2008</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...1 lines deleted...]
-  <si>
     <t>Mac Pro 3.1 CPU-2x3.2GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC32G2008</t>
   </si>
   <si>
     <t>Mac Pro 3.1 CPU 2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPQC28G2008</t>
   </si>
   <si>
-    <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>Память для Mac Pro</t>
   </si>
   <si>
+    <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX4</t>
+  </si>
+  <si>
     <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
-    <t>память для Mac Pro 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>800MHZ4GBX2</t>
   </si>
   <si>
     <t>MacMy 4Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>800MHZ4GBX1</t>
   </si>
   <si>
-    <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
-[...2 lines deleted...]
-    <t>800MHZ4GBX4</t>
+    <t>Micron 1Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>MC800MHZ1GB</t>
+  </si>
+  <si>
+    <t>Micron 32Gb (4 x 8) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 4.1-5.1</t>
+  </si>
+  <si>
+    <t>MC32GBDR3</t>
   </si>
   <si>
     <t>Micron 4Гб (2 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB2</t>
   </si>
   <si>
     <t>Micron 16Gb (2 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
-    <t>память для Mac Pro 4.1-5.1</t>
-[...1 lines deleted...]
-  <si>
     <t>MC16GBDR3</t>
   </si>
   <si>
     <t>Micron 2Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB</t>
   </si>
   <si>
     <t>Micron 64Gb (8 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>MC64GBDR3</t>
   </si>
   <si>
-    <t>Micron 1Гб x 1 шт 800 МГц ECC FB-DIMM</t>
-[...8 lines deleted...]
-    <t>MC32GBDR3</t>
+    <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>HY96GBDR3</t>
   </si>
   <si>
     <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>HY48GBDR3</t>
   </si>
   <si>
-    <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарты для Mac</t>
   </si>
   <si>
+    <t>MacMy Mini 6PIN в 6 и 2PIN</t>
+  </si>
+  <si>
+    <t>кабель питания видеокарты Mac Pro</t>
+  </si>
+  <si>
+    <t>MY6PIN62PIN</t>
+  </si>
+  <si>
     <t>MacMy Mini 6PIN в 8PIN</t>
   </si>
   <si>
-    <t>кабель питания видеокарты Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>MY6PIN8PIN</t>
   </si>
   <si>
-    <t>MacMy Mini 6PIN в 6 и 2PIN</t>
-[...4 lines deleted...]
-  <si>
     <t>Zotac GTX 680 4Gb</t>
   </si>
   <si>
     <t>видеокарта для Mac Pro</t>
   </si>
   <si>
     <t>ZGTX6804GBDR5</t>
   </si>
   <si>
     <t>Zotac GTX 680 2Gb</t>
   </si>
   <si>
     <t>ZGTX6802GBDR5</t>
   </si>
   <si>
     <t>Gigabyte GTX 680 2Gb</t>
   </si>
   <si>
     <t>GGTX6802GBDR5</t>
   </si>
   <si>
     <t>Gigabyte GTX 680 4Gb</t>
   </si>
   <si>
     <t>GGTX6804GBDR5</t>
   </si>
   <si>
     <t>MSI GTX 680 Twin Frozr III 2Gb</t>
   </si>
   <si>
     <t>MSI6802GTFIII</t>
   </si>
   <si>
     <t>MSI GTX 680 Lightning 2Gb</t>
   </si>
   <si>
     <t>MGTX6802GBDR5</t>
   </si>
   <si>
+    <t>Asus GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>AGTX6804GBDR5</t>
+  </si>
+  <si>
     <t>Asus GTX 680 2Gb</t>
   </si>
   <si>
     <t>AGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Asus GTX 680 4Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>EVGA GTX 680 4Gb</t>
   </si>
   <si>
     <t>EGTX6804GBDR5</t>
   </si>
   <si>
     <t>EVGA GTX 680 FTW Plus 4GB</t>
   </si>
   <si>
     <t>EGTX6804GBPL</t>
   </si>
   <si>
     <t>EVGA GTX 680 SC Signature 2GB</t>
   </si>
   <si>
     <t>EGTX6802GBSC</t>
   </si>
   <si>
     <t>ATI Radeon HD2600XT 256Мб</t>
   </si>
   <si>
     <t>ARHD2600256XT</t>
   </si>
   <si>
     <t>ATI Radeon HD 5770</t>
   </si>
   <si>
     <t>ARHD57701GB</t>
   </si>
   <si>
     <t>Power Color ATI HD4870 512Mб</t>
   </si>
   <si>
     <t>PCATIHD4870</t>
   </si>
   <si>
     <t>PNY Quadro FX 4800 1.5Gb</t>
   </si>
   <si>
     <t>видеокарта Mac Edition</t>
   </si>
   <si>
     <t>PNYFX4800DDR3</t>
   </si>
   <si>
+    <t>Palit GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>PGTX6802GBDR5</t>
+  </si>
+  <si>
     <t>Palit GTX 680 Jetstream 4Gb</t>
   </si>
   <si>
     <t>PGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Palit GTX 680 2Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>KFA2 GTX 680 EX OC 4Gb</t>
   </si>
   <si>
     <t>KGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gainward GTX 680 Phantom 2Gb</t>
   </si>
   <si>
     <t>GWGTX6802GDR5</t>
   </si>
   <si>
     <t>Опции для Mac</t>
   </si>
   <si>
+    <t>Apple MB988Z/A Wi-Fi</t>
+  </si>
+  <si>
+    <t>модуль для Mac Pro</t>
+  </si>
+  <si>
+    <t>AMB988ZAEXT</t>
+  </si>
+  <si>
+    <t>Apple MB987Z/A Wi-Fi</t>
+  </si>
+  <si>
+    <t>AMB987ZAEXT</t>
+  </si>
+  <si>
+    <t>Apple DPS-980BB</t>
+  </si>
+  <si>
+    <t>блок питания для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>APN6140409</t>
+  </si>
+  <si>
     <t>Apple Bluetooth MA687ZM/A</t>
   </si>
   <si>
-    <t>модуль для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>AMA687ZMAED</t>
   </si>
   <si>
     <t>Apple Mac Pro 3.1 Logic Board</t>
   </si>
   <si>
     <t>материнская плата</t>
   </si>
   <si>
     <t>APN6307997</t>
   </si>
   <si>
-    <t>Apple MB988Z/A Wi-Fi</t>
-[...19 lines deleted...]
-  <si>
     <t>MacMy PCIe to SATA III SSD</t>
   </si>
   <si>
     <t>адаптер для Mac Pro</t>
   </si>
   <si>
     <t>PCIESATAIIISSD</t>
   </si>
   <si>
+    <t>MacMy PCI-e в 4 порта USB 3.0</t>
+  </si>
+  <si>
+    <t>MYPCIE4PUSB30</t>
+  </si>
+  <si>
     <t>MacMy 3.1 Processor Upgrade Kit</t>
   </si>
   <si>
     <t>MYP31UPGKIT</t>
   </si>
   <si>
-    <t>MacMy PCI-e в 4 порта USB 3.0</t>
-[...2 lines deleted...]
-    <t>MYPCIE4PUSB30</t>
+    <t>Orico 2.5 в 3.5 SSD-HDD</t>
+  </si>
+  <si>
+    <t>O25SSD35HDD</t>
   </si>
   <si>
     <t>Orico PCI-e в 4 порта USB 3.0</t>
   </si>
   <si>
     <t>адаптер для Mac</t>
   </si>
   <si>
     <t>ORPCIE4PUSB30</t>
-  </si>
-[...4 lines deleted...]
-    <t>O25SSD35HDD</t>
   </si>
   <si>
     <t>Elecom M-XT4DRBK</t>
   </si>
   <si>
     <t>мышь с трекболлом для левши</t>
   </si>
   <si>
     <t>ELCMXT4DRBK</t>
   </si>
   <si>
     <t>Intel Xeon E5462 2.8 ГГц Harpertown</t>
   </si>
   <si>
     <t>процессор для Mac Pro 3.1</t>
   </si>
   <si>
     <t>IXE546228MHZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -789,51 +789,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="17" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
     <col min="8" max="8" width="18" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" customWidth="true" style="0"/>
@@ -876,467 +876,467 @@
     <row r="5" spans="1:9">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
-        <v>65000</v>
+        <v>70000</v>
       </c>
       <c r="F6" s="4">
-        <v>55555</v>
+        <v>59000</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
-        <v>80000</v>
+        <v>65000</v>
       </c>
       <c r="F7" s="4">
-        <v>65000</v>
+        <v>55555</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
-        <v>55000</v>
+        <v>80000</v>
       </c>
       <c r="F8" s="4">
-        <v>50000</v>
+        <v>65000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
-        <v>70000</v>
+        <v>55000</v>
       </c>
       <c r="F9" s="4">
-        <v>59000</v>
+        <v>50000</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
       <c r="E11" s="4">
-        <v>5400</v>
+        <v>10800</v>
       </c>
       <c r="F11" s="4">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
-        <v>2700</v>
+        <v>5400</v>
       </c>
       <c r="F12" s="4">
-        <v>2700</v>
+        <v>5000</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
-        <v>10800</v>
+        <v>2700</v>
       </c>
       <c r="F13" s="4">
-        <v>10000</v>
+        <v>2700</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
         <v>0</v>
       </c>
       <c r="E14" s="4">
-        <v>2150</v>
+        <v>800</v>
       </c>
       <c r="F14" s="4">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4">
-        <v>12000</v>
+        <v>22000</v>
       </c>
       <c r="F15" s="4">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="4">
         <v>0</v>
       </c>
       <c r="E16" s="4">
-        <v>1250</v>
+        <v>2150</v>
       </c>
       <c r="F16" s="4">
-        <v>1100</v>
+        <v>2000</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4">
-        <v>50000</v>
+        <v>12000</v>
       </c>
       <c r="F17" s="4">
-        <v>40000</v>
+        <v>10000</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
-        <v>800</v>
+        <v>1250</v>
       </c>
       <c r="F18" s="4">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
-        <v>22000</v>
+        <v>50000</v>
       </c>
       <c r="F19" s="4">
-        <v>20000</v>
+        <v>40000</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4">
-        <v>35000</v>
+        <v>70000</v>
       </c>
       <c r="F20" s="4">
-        <v>30000</v>
+        <v>60000</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
         <v>0</v>
       </c>
       <c r="E21" s="4">
-        <v>70000</v>
+        <v>35000</v>
       </c>
       <c r="F21" s="4">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
     </row>
     <row r="23" spans="1:9">
@@ -1563,83 +1563,83 @@
       </c>
       <c r="G30" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I30" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="4">
         <v>0</v>
       </c>
       <c r="E31" s="4">
+        <v>16000</v>
+      </c>
+      <c r="F31" s="4">
         <v>13990</v>
-      </c>
-[...1 lines deleted...]
-        <v>12990</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>67</v>
       </c>
       <c r="D32" s="4">
         <v>0</v>
       </c>
       <c r="E32" s="4">
-        <v>16000</v>
+        <v>13990</v>
       </c>
       <c r="F32" s="4">
-        <v>13990</v>
+        <v>12990</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="4">
         <v>0</v>
       </c>
       <c r="E33" s="4">
@@ -1824,83 +1824,83 @@
       </c>
       <c r="G39" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
-        <v>17000</v>
+        <v>9990</v>
       </c>
       <c r="F40" s="4">
-        <v>15990</v>
+        <v>11990</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="4">
         <v>0</v>
       </c>
       <c r="E41" s="4">
-        <v>9990</v>
+        <v>17000</v>
       </c>
       <c r="F41" s="4">
-        <v>11990</v>
+        <v>15990</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D42" s="4">
         <v>0</v>
       </c>
       <c r="E42" s="4">
@@ -1956,310 +1956,310 @@
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="4">
         <v>0</v>
       </c>
       <c r="E45" s="4">
         <v>1900</v>
       </c>
       <c r="F45" s="4">
-        <v>1650</v>
+        <v>1550</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="C46" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
-        <v>11500</v>
+        <v>1550</v>
       </c>
       <c r="F46" s="4">
-        <v>9000</v>
+        <v>1100</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="4" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
-        <v>1900</v>
+        <v>10500</v>
       </c>
       <c r="F47" s="4">
-        <v>1550</v>
+        <v>8500</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
-        <v>1550</v>
+        <v>1900</v>
       </c>
       <c r="F48" s="4">
-        <v>1100</v>
+        <v>1650</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
-        <v>10500</v>
+        <v>11500</v>
       </c>
       <c r="F49" s="4">
-        <v>8500</v>
+        <v>9000</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
         <v>5500</v>
       </c>
       <c r="F50" s="4">
         <v>4500</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="B51" s="4"/>
+      <c r="B51" s="4" t="s">
+        <v>106</v>
+      </c>
       <c r="C51" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D51" s="4">
         <v>0</v>
       </c>
       <c r="E51" s="4">
-        <v>5000</v>
+        <v>2290</v>
       </c>
       <c r="F51" s="4">
-        <v>4200</v>
+        <v>2100</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="B52" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B52" s="4"/>
       <c r="C52" s="4" t="s">
         <v>111</v>
       </c>
       <c r="D52" s="4">
         <v>0</v>
       </c>
       <c r="E52" s="4">
-        <v>2290</v>
+        <v>5000</v>
       </c>
       <c r="F52" s="4">
-        <v>2100</v>
+        <v>4200</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C53" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="C53" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="4">
         <v>0</v>
       </c>
       <c r="E53" s="4">
-        <v>2490</v>
+        <v>1500</v>
       </c>
       <c r="F53" s="4">
-        <v>2490</v>
+        <v>1200</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B54" s="4" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="4">
         <v>0</v>
       </c>
       <c r="E54" s="4">
-        <v>1500</v>
+        <v>2490</v>
       </c>
       <c r="F54" s="4">
-        <v>1200</v>
+        <v>2490</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="D55" s="4">
         <v>0</v>
       </c>
       <c r="E55" s="4">
@@ -2483,32 +2483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MACMY.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>macmy.ru catalog price 20.10.2025</dc:title>
+  <dc:title>macmy.ru catalog price 10.11.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>