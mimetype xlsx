--- v1 (2025-11-10)
+++ v2 (2025-12-04)
@@ -16,399 +16,399 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$I$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>Прайс-лист на 10.11.2025</t>
+    <t>Прайс-лист на 04.12.2025</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>MSRP цена</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Миниатюра</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>Apple Mac Pro</t>
   </si>
   <si>
+    <t>Mac Pro 3.1 CPU-2x2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC28G2008</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>Mac Pro 3.1 CPU-2x3.2GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC32G2008</t>
+  </si>
+  <si>
+    <t>Mac Pro 3.1 CPU 2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPQC28G2008</t>
+  </si>
+  <si>
     <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC30G2008</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...19 lines deleted...]
-  <si>
     <t>Память для Mac Pro</t>
   </si>
   <si>
+    <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX2</t>
+  </si>
+  <si>
+    <t>MacMy 4Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX1</t>
+  </si>
+  <si>
     <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
-    <t>память для Mac Pro 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>800MHZ4GBX4</t>
   </si>
   <si>
-    <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
-[...8 lines deleted...]
-    <t>800MHZ4GBX1</t>
+    <t>Micron 16Gb (2 x 8) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 4.1-5.1</t>
+  </si>
+  <si>
+    <t>MC16GBDR3</t>
+  </si>
+  <si>
+    <t>Micron 2Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>MC800MHZ2GB</t>
+  </si>
+  <si>
+    <t>Micron 64Gb (8 x 8) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>MC64GBDR3</t>
   </si>
   <si>
     <t>Micron 1Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ1GB</t>
   </si>
   <si>
     <t>Micron 32Gb (4 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
-    <t>память для Mac Pro 4.1-5.1</t>
-[...1 lines deleted...]
-  <si>
     <t>MC32GBDR3</t>
   </si>
   <si>
     <t>Micron 4Гб (2 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB2</t>
   </si>
   <si>
-    <t>Micron 16Gb (2 x 8) 1333 МГц ECC DDR3</t>
-[...14 lines deleted...]
-    <t>MC64GBDR3</t>
+    <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>HY48GBDR3</t>
   </si>
   <si>
     <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>HY96GBDR3</t>
   </si>
   <si>
-    <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарты для Mac</t>
   </si>
   <si>
+    <t>MacMy Mini 6PIN в 8PIN</t>
+  </si>
+  <si>
+    <t>кабель питания видеокарты Mac Pro</t>
+  </si>
+  <si>
+    <t>MY6PIN8PIN</t>
+  </si>
+  <si>
     <t>MacMy Mini 6PIN в 6 и 2PIN</t>
   </si>
   <si>
-    <t>кабель питания видеокарты Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>MY6PIN62PIN</t>
   </si>
   <si>
-    <t>MacMy Mini 6PIN в 8PIN</t>
-[...2 lines deleted...]
-    <t>MY6PIN8PIN</t>
+    <t>Zotac GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>видеокарта для Mac Pro</t>
+  </si>
+  <si>
+    <t>ZGTX6802GBDR5</t>
   </si>
   <si>
     <t>Zotac GTX 680 4Gb</t>
   </si>
   <si>
-    <t>видеокарта для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>ZGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Zotac GTX 680 2Gb</t>
-[...2 lines deleted...]
-    <t>ZGTX6802GBDR5</t>
+    <t>Gigabyte GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>GGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gigabyte GTX 680 2Gb</t>
   </si>
   <si>
     <t>GGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Gigabyte GTX 680 4Gb</t>
-[...2 lines deleted...]
-    <t>GGTX6804GBDR5</t>
+    <t>MSI GTX 680 Lightning 2Gb</t>
+  </si>
+  <si>
+    <t>MGTX6802GBDR5</t>
   </si>
   <si>
     <t>MSI GTX 680 Twin Frozr III 2Gb</t>
   </si>
   <si>
     <t>MSI6802GTFIII</t>
   </si>
   <si>
-    <t>MSI GTX 680 Lightning 2Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>Asus GTX 680 4Gb</t>
   </si>
   <si>
     <t>AGTX6804GBDR5</t>
   </si>
   <si>
     <t>Asus GTX 680 2Gb</t>
   </si>
   <si>
     <t>AGTX6802GBDR5</t>
   </si>
   <si>
+    <t>EVGA GTX 680 FTW Plus 4GB</t>
+  </si>
+  <si>
+    <t>EGTX6804GBPL</t>
+  </si>
+  <si>
+    <t>EVGA GTX 680 SC Signature 2GB</t>
+  </si>
+  <si>
+    <t>EGTX6802GBSC</t>
+  </si>
+  <si>
     <t>EVGA GTX 680 4Gb</t>
   </si>
   <si>
     <t>EGTX6804GBDR5</t>
   </si>
   <si>
-    <t>EVGA GTX 680 FTW Plus 4GB</t>
-[...10 lines deleted...]
-  <si>
     <t>ATI Radeon HD2600XT 256Мб</t>
   </si>
   <si>
     <t>ARHD2600256XT</t>
   </si>
   <si>
     <t>ATI Radeon HD 5770</t>
   </si>
   <si>
     <t>ARHD57701GB</t>
   </si>
   <si>
     <t>Power Color ATI HD4870 512Mб</t>
   </si>
   <si>
     <t>PCATIHD4870</t>
   </si>
   <si>
     <t>PNY Quadro FX 4800 1.5Gb</t>
   </si>
   <si>
     <t>видеокарта Mac Edition</t>
   </si>
   <si>
     <t>PNYFX4800DDR3</t>
   </si>
   <si>
+    <t>Palit GTX 680 Jetstream 4Gb</t>
+  </si>
+  <si>
+    <t>PGTX6804GBDR5</t>
+  </si>
+  <si>
     <t>Palit GTX 680 2Gb</t>
   </si>
   <si>
     <t>PGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Palit GTX 680 Jetstream 4Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>KFA2 GTX 680 EX OC 4Gb</t>
   </si>
   <si>
     <t>KGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gainward GTX 680 Phantom 2Gb</t>
   </si>
   <si>
     <t>GWGTX6802GDR5</t>
   </si>
   <si>
     <t>Опции для Mac</t>
   </si>
   <si>
+    <t>Apple Bluetooth MA687ZM/A</t>
+  </si>
+  <si>
+    <t>модуль для Mac Pro</t>
+  </si>
+  <si>
+    <t>AMA687ZMAED</t>
+  </si>
+  <si>
+    <t>Apple Mac Pro 3.1 Logic Board</t>
+  </si>
+  <si>
+    <t>материнская плата</t>
+  </si>
+  <si>
+    <t>APN6307997</t>
+  </si>
+  <si>
     <t>Apple MB988Z/A Wi-Fi</t>
   </si>
   <si>
-    <t>модуль для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>AMB988ZAEXT</t>
   </si>
   <si>
     <t>Apple MB987Z/A Wi-Fi</t>
   </si>
   <si>
     <t>AMB987ZAEXT</t>
   </si>
   <si>
     <t>Apple DPS-980BB</t>
   </si>
   <si>
     <t>блок питания для Mac Pro 3.1</t>
   </si>
   <si>
     <t>APN6140409</t>
   </si>
   <si>
-    <t>Apple Bluetooth MA687ZM/A</t>
-[...13 lines deleted...]
-  <si>
     <t>MacMy PCIe to SATA III SSD</t>
   </si>
   <si>
     <t>адаптер для Mac Pro</t>
   </si>
   <si>
     <t>PCIESATAIIISSD</t>
   </si>
   <si>
     <t>MacMy PCI-e в 4 порта USB 3.0</t>
   </si>
   <si>
     <t>MYPCIE4PUSB30</t>
   </si>
   <si>
     <t>MacMy 3.1 Processor Upgrade Kit</t>
   </si>
   <si>
     <t>MYP31UPGKIT</t>
   </si>
   <si>
+    <t>Orico PCI-e в 4 порта USB 3.0</t>
+  </si>
+  <si>
+    <t>адаптер для Mac</t>
+  </si>
+  <si>
+    <t>ORPCIE4PUSB30</t>
+  </si>
+  <si>
     <t>Orico 2.5 в 3.5 SSD-HDD</t>
   </si>
   <si>
     <t>O25SSD35HDD</t>
-  </si>
-[...7 lines deleted...]
-    <t>ORPCIE4PUSB30</t>
   </si>
   <si>
     <t>Elecom M-XT4DRBK</t>
   </si>
   <si>
     <t>мышь с трекболлом для левши</t>
   </si>
   <si>
     <t>ELCMXT4DRBK</t>
   </si>
   <si>
     <t>Intel Xeon E5462 2.8 ГГц Harpertown</t>
   </si>
   <si>
     <t>процессор для Mac Pro 3.1</t>
   </si>
   <si>
     <t>IXE546228MHZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -789,51 +789,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="17" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
     <col min="8" max="8" width="18" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" customWidth="true" style="0"/>
@@ -876,467 +876,467 @@
     <row r="5" spans="1:9">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
-        <v>70000</v>
+        <v>65000</v>
       </c>
       <c r="F6" s="4">
-        <v>59000</v>
+        <v>55555</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
+        <v>80000</v>
+      </c>
+      <c r="F7" s="4">
         <v>65000</v>
-      </c>
-[...1 lines deleted...]
-        <v>55555</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
-        <v>80000</v>
+        <v>55000</v>
       </c>
       <c r="F8" s="4">
-        <v>65000</v>
+        <v>50000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
-        <v>55000</v>
+        <v>70000</v>
       </c>
       <c r="F9" s="4">
-        <v>50000</v>
+        <v>59000</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
       <c r="E11" s="4">
-        <v>10800</v>
+        <v>5400</v>
       </c>
       <c r="F11" s="4">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
-        <v>5400</v>
+        <v>2700</v>
       </c>
       <c r="F12" s="4">
-        <v>5000</v>
+        <v>2700</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
-        <v>2700</v>
+        <v>10800</v>
       </c>
       <c r="F13" s="4">
-        <v>2700</v>
+        <v>10000</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D14" s="4">
         <v>0</v>
       </c>
       <c r="E14" s="4">
-        <v>800</v>
+        <v>12000</v>
       </c>
       <c r="F14" s="4">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4">
-        <v>22000</v>
+        <v>1250</v>
       </c>
       <c r="F15" s="4">
-        <v>20000</v>
+        <v>1100</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="4">
         <v>0</v>
       </c>
       <c r="E16" s="4">
-        <v>2150</v>
+        <v>50000</v>
       </c>
       <c r="F16" s="4">
-        <v>2000</v>
+        <v>40000</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4">
-        <v>12000</v>
+        <v>800</v>
       </c>
       <c r="F17" s="4">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
-        <v>1250</v>
+        <v>22000</v>
       </c>
       <c r="F18" s="4">
-        <v>1100</v>
+        <v>20000</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
-        <v>50000</v>
+        <v>2150</v>
       </c>
       <c r="F19" s="4">
-        <v>40000</v>
+        <v>2000</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4">
-        <v>70000</v>
+        <v>35000</v>
       </c>
       <c r="F20" s="4">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
         <v>0</v>
       </c>
       <c r="E21" s="4">
-        <v>35000</v>
+        <v>70000</v>
       </c>
       <c r="F21" s="4">
-        <v>30000</v>
+        <v>60000</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
     </row>
     <row r="23" spans="1:9">
@@ -1389,141 +1389,141 @@
       </c>
       <c r="G24" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="4">
         <v>0</v>
       </c>
       <c r="E25" s="4">
-        <v>14990</v>
+        <v>11990</v>
       </c>
       <c r="F25" s="4">
-        <v>12990</v>
+        <v>11990</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="4">
         <v>0</v>
       </c>
       <c r="E26" s="4">
-        <v>11990</v>
+        <v>14990</v>
       </c>
       <c r="F26" s="4">
-        <v>11990</v>
+        <v>12990</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="4">
         <v>0</v>
       </c>
       <c r="E27" s="4">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="F27" s="4">
-        <v>11990</v>
+        <v>13990</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D28" s="4">
         <v>0</v>
       </c>
       <c r="E28" s="4">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="F28" s="4">
-        <v>13990</v>
+        <v>11990</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
         <v>0</v>
       </c>
       <c r="E29" s="4">
@@ -1621,112 +1621,112 @@
       </c>
       <c r="G32" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="4">
         <v>0</v>
       </c>
       <c r="E33" s="4">
-        <v>23990</v>
+        <v>15990</v>
       </c>
       <c r="F33" s="4">
-        <v>21990</v>
+        <v>13990</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="4">
         <v>0</v>
       </c>
       <c r="E34" s="4">
-        <v>15990</v>
+        <v>13990</v>
       </c>
       <c r="F34" s="4">
-        <v>13990</v>
+        <v>12990</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="4">
         <v>0</v>
       </c>
       <c r="E35" s="4">
-        <v>13990</v>
+        <v>23990</v>
       </c>
       <c r="F35" s="4">
-        <v>12990</v>
+        <v>21990</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>75</v>
       </c>
       <c r="D36" s="4">
         <v>0</v>
       </c>
       <c r="E36" s="4">
@@ -1824,83 +1824,83 @@
       </c>
       <c r="G39" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
-        <v>9990</v>
+        <v>17000</v>
       </c>
       <c r="F40" s="4">
-        <v>11990</v>
+        <v>15990</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="4">
         <v>0</v>
       </c>
       <c r="E41" s="4">
-        <v>17000</v>
+        <v>9990</v>
       </c>
       <c r="F41" s="4">
-        <v>15990</v>
+        <v>11990</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D42" s="4">
         <v>0</v>
       </c>
       <c r="E42" s="4">
@@ -1956,167 +1956,167 @@
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="4">
         <v>0</v>
       </c>
       <c r="E45" s="4">
         <v>1900</v>
       </c>
       <c r="F45" s="4">
-        <v>1550</v>
+        <v>1650</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
-        <v>1550</v>
+        <v>11500</v>
       </c>
       <c r="F46" s="4">
-        <v>1100</v>
+        <v>9000</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
-        <v>10500</v>
+        <v>1900</v>
       </c>
       <c r="F47" s="4">
-        <v>8500</v>
+        <v>1550</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
-        <v>1900</v>
+        <v>1550</v>
       </c>
       <c r="F48" s="4">
-        <v>1650</v>
+        <v>1100</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
-        <v>11500</v>
+        <v>10500</v>
       </c>
       <c r="F49" s="4">
-        <v>9000</v>
+        <v>8500</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
@@ -2174,92 +2174,92 @@
       </c>
       <c r="D52" s="4">
         <v>0</v>
       </c>
       <c r="E52" s="4">
         <v>5000</v>
       </c>
       <c r="F52" s="4">
         <v>4200</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D53" s="4">
         <v>0</v>
       </c>
       <c r="E53" s="4">
-        <v>1500</v>
+        <v>2490</v>
       </c>
       <c r="F53" s="4">
-        <v>1200</v>
+        <v>2490</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="4">
         <v>0</v>
       </c>
       <c r="E54" s="4">
-        <v>2490</v>
+        <v>1500</v>
       </c>
       <c r="F54" s="4">
-        <v>2490</v>
+        <v>1200</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="D55" s="4">
         <v>0</v>
       </c>
       <c r="E55" s="4">
@@ -2483,32 +2483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MACMY.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>macmy.ru catalog price 10.11.2025</dc:title>
+  <dc:title>macmy.ru catalog price 04.12.2025</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>