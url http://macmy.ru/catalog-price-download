--- v2 (2025-12-04)
+++ v3 (2026-01-14)
@@ -16,399 +16,399 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$I$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>Прайс-лист на 04.12.2025</t>
+    <t>Прайс-лист на 14.01.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>MSRP цена</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Миниатюра</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>Apple Mac Pro</t>
   </si>
   <si>
+    <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC30G2008</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
     <t>Mac Pro 3.1 CPU-2x2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC28G2008</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...1 lines deleted...]
-  <si>
     <t>Mac Pro 3.1 CPU-2x3.2GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC32G2008</t>
   </si>
   <si>
     <t>Mac Pro 3.1 CPU 2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPQC28G2008</t>
   </si>
   <si>
-    <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>Память для Mac Pro</t>
   </si>
   <si>
+    <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX4</t>
+  </si>
+  <si>
     <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
-    <t>память для Mac Pro 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>800MHZ4GBX2</t>
   </si>
   <si>
     <t>MacMy 4Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>800MHZ4GBX1</t>
   </si>
   <si>
-    <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
-[...2 lines deleted...]
-    <t>800MHZ4GBX4</t>
+    <t>Micron 32Gb (4 x 8) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 4.1-5.1</t>
+  </si>
+  <si>
+    <t>MC32GBDR3</t>
+  </si>
+  <si>
+    <t>Micron 4Гб (2 x 2) 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>MC800MHZ2GB2</t>
   </si>
   <si>
     <t>Micron 16Gb (2 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
-    <t>память для Mac Pro 4.1-5.1</t>
-[...1 lines deleted...]
-  <si>
     <t>MC16GBDR3</t>
   </si>
   <si>
     <t>Micron 2Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB</t>
   </si>
   <si>
     <t>Micron 64Gb (8 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>MC64GBDR3</t>
   </si>
   <si>
     <t>Micron 1Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ1GB</t>
   </si>
   <si>
-    <t>Micron 32Gb (4 x 8) 1333 МГц ECC DDR3</t>
-[...8 lines deleted...]
-    <t>MC800MHZ2GB2</t>
+    <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>HY96GBDR3</t>
   </si>
   <si>
     <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>HY48GBDR3</t>
   </si>
   <si>
-    <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарты для Mac</t>
   </si>
   <si>
+    <t>MacMy Mini 6PIN в 6 и 2PIN</t>
+  </si>
+  <si>
+    <t>кабель питания видеокарты Mac Pro</t>
+  </si>
+  <si>
+    <t>MY6PIN62PIN</t>
+  </si>
+  <si>
     <t>MacMy Mini 6PIN в 8PIN</t>
   </si>
   <si>
-    <t>кабель питания видеокарты Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>MY6PIN8PIN</t>
   </si>
   <si>
-    <t>MacMy Mini 6PIN в 6 и 2PIN</t>
-[...2 lines deleted...]
-    <t>MY6PIN62PIN</t>
+    <t>Zotac GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>видеокарта для Mac Pro</t>
+  </si>
+  <si>
+    <t>ZGTX6804GBDR5</t>
   </si>
   <si>
     <t>Zotac GTX 680 2Gb</t>
   </si>
   <si>
-    <t>видеокарта для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>ZGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Zotac GTX 680 4Gb</t>
-[...2 lines deleted...]
-    <t>ZGTX6804GBDR5</t>
+    <t>Gigabyte GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>GGTX6802GBDR5</t>
   </si>
   <si>
     <t>Gigabyte GTX 680 4Gb</t>
   </si>
   <si>
     <t>GGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Gigabyte GTX 680 2Gb</t>
-[...2 lines deleted...]
-    <t>GGTX6802GBDR5</t>
+    <t>MSI GTX 680 Twin Frozr III 2Gb</t>
+  </si>
+  <si>
+    <t>MSI6802GTFIII</t>
   </si>
   <si>
     <t>MSI GTX 680 Lightning 2Gb</t>
   </si>
   <si>
     <t>MGTX6802GBDR5</t>
   </si>
   <si>
-    <t>MSI GTX 680 Twin Frozr III 2Gb</t>
-[...2 lines deleted...]
-    <t>MSI6802GTFIII</t>
+    <t>Asus GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>AGTX6802GBDR5</t>
   </si>
   <si>
     <t>Asus GTX 680 4Gb</t>
   </si>
   <si>
     <t>AGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Asus GTX 680 2Gb</t>
-[...2 lines deleted...]
-    <t>AGTX6802GBDR5</t>
+    <t>EVGA GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>EGTX6804GBDR5</t>
   </si>
   <si>
     <t>EVGA GTX 680 FTW Plus 4GB</t>
   </si>
   <si>
     <t>EGTX6804GBPL</t>
   </si>
   <si>
     <t>EVGA GTX 680 SC Signature 2GB</t>
   </si>
   <si>
     <t>EGTX6802GBSC</t>
   </si>
   <si>
-    <t>EVGA GTX 680 4Gb</t>
-[...2 lines deleted...]
-    <t>EGTX6804GBDR5</t>
+    <t>ATI Radeon HD 5770</t>
+  </si>
+  <si>
+    <t>ARHD57701GB</t>
   </si>
   <si>
     <t>ATI Radeon HD2600XT 256Мб</t>
   </si>
   <si>
     <t>ARHD2600256XT</t>
   </si>
   <si>
-    <t>ATI Radeon HD 5770</t>
-[...4 lines deleted...]
-  <si>
     <t>Power Color ATI HD4870 512Mб</t>
   </si>
   <si>
     <t>PCATIHD4870</t>
   </si>
   <si>
     <t>PNY Quadro FX 4800 1.5Gb</t>
   </si>
   <si>
     <t>видеокарта Mac Edition</t>
   </si>
   <si>
     <t>PNYFX4800DDR3</t>
   </si>
   <si>
+    <t>Palit GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>PGTX6802GBDR5</t>
+  </si>
+  <si>
     <t>Palit GTX 680 Jetstream 4Gb</t>
   </si>
   <si>
     <t>PGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Palit GTX 680 2Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>KFA2 GTX 680 EX OC 4Gb</t>
   </si>
   <si>
     <t>KGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gainward GTX 680 Phantom 2Gb</t>
   </si>
   <si>
     <t>GWGTX6802GDR5</t>
   </si>
   <si>
     <t>Опции для Mac</t>
   </si>
   <si>
+    <t>Apple MB987Z/A Wi-Fi</t>
+  </si>
+  <si>
+    <t>модуль для Mac Pro</t>
+  </si>
+  <si>
+    <t>AMB987ZAEXT</t>
+  </si>
+  <si>
+    <t>Apple DPS-980BB</t>
+  </si>
+  <si>
+    <t>блок питания для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>APN6140409</t>
+  </si>
+  <si>
     <t>Apple Bluetooth MA687ZM/A</t>
   </si>
   <si>
-    <t>модуль для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>AMA687ZMAED</t>
   </si>
   <si>
     <t>Apple Mac Pro 3.1 Logic Board</t>
   </si>
   <si>
     <t>материнская плата</t>
   </si>
   <si>
     <t>APN6307997</t>
   </si>
   <si>
     <t>Apple MB988Z/A Wi-Fi</t>
   </si>
   <si>
     <t>AMB988ZAEXT</t>
   </si>
   <si>
-    <t>Apple MB987Z/A Wi-Fi</t>
-[...13 lines deleted...]
-  <si>
     <t>MacMy PCIe to SATA III SSD</t>
   </si>
   <si>
     <t>адаптер для Mac Pro</t>
   </si>
   <si>
     <t>PCIESATAIIISSD</t>
   </si>
   <si>
+    <t>MacMy 3.1 Processor Upgrade Kit</t>
+  </si>
+  <si>
+    <t>MYP31UPGKIT</t>
+  </si>
+  <si>
     <t>MacMy PCI-e в 4 порта USB 3.0</t>
   </si>
   <si>
     <t>MYPCIE4PUSB30</t>
   </si>
   <si>
-    <t>MacMy 3.1 Processor Upgrade Kit</t>
-[...2 lines deleted...]
-    <t>MYP31UPGKIT</t>
+    <t>Orico 2.5 в 3.5 SSD-HDD</t>
+  </si>
+  <si>
+    <t>O25SSD35HDD</t>
   </si>
   <si>
     <t>Orico PCI-e в 4 порта USB 3.0</t>
   </si>
   <si>
     <t>адаптер для Mac</t>
   </si>
   <si>
     <t>ORPCIE4PUSB30</t>
-  </si>
-[...4 lines deleted...]
-    <t>O25SSD35HDD</t>
   </si>
   <si>
     <t>Elecom M-XT4DRBK</t>
   </si>
   <si>
     <t>мышь с трекболлом для левши</t>
   </si>
   <si>
     <t>ELCMXT4DRBK</t>
   </si>
   <si>
     <t>Intel Xeon E5462 2.8 ГГц Harpertown</t>
   </si>
   <si>
     <t>процессор для Mac Pro 3.1</t>
   </si>
   <si>
     <t>IXE546228MHZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -789,51 +789,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="17" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
     <col min="8" max="8" width="18" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" customWidth="true" style="0"/>
@@ -876,467 +876,467 @@
     <row r="5" spans="1:9">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
-        <v>65000</v>
+        <v>70000</v>
       </c>
       <c r="F6" s="4">
-        <v>55555</v>
+        <v>59000</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
-        <v>80000</v>
+        <v>65000</v>
       </c>
       <c r="F7" s="4">
-        <v>65000</v>
+        <v>55555</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
-        <v>55000</v>
+        <v>80000</v>
       </c>
       <c r="F8" s="4">
-        <v>50000</v>
+        <v>65000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
-        <v>70000</v>
+        <v>55000</v>
       </c>
       <c r="F9" s="4">
-        <v>59000</v>
+        <v>50000</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
       <c r="E11" s="4">
-        <v>5400</v>
+        <v>10800</v>
       </c>
       <c r="F11" s="4">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
-        <v>2700</v>
+        <v>5400</v>
       </c>
       <c r="F12" s="4">
-        <v>2700</v>
+        <v>5000</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
-        <v>10800</v>
+        <v>2700</v>
       </c>
       <c r="F13" s="4">
-        <v>10000</v>
+        <v>2700</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="4">
         <v>0</v>
       </c>
       <c r="E14" s="4">
-        <v>12000</v>
+        <v>22000</v>
       </c>
       <c r="F14" s="4">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4">
-        <v>1250</v>
+        <v>2150</v>
       </c>
       <c r="F15" s="4">
-        <v>1100</v>
+        <v>2000</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="4">
         <v>0</v>
       </c>
       <c r="E16" s="4">
-        <v>50000</v>
+        <v>12000</v>
       </c>
       <c r="F16" s="4">
-        <v>40000</v>
+        <v>10000</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4">
-        <v>800</v>
+        <v>1250</v>
       </c>
       <c r="F17" s="4">
-        <v>500</v>
+        <v>1100</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
-        <v>22000</v>
+        <v>50000</v>
       </c>
       <c r="F18" s="4">
-        <v>20000</v>
+        <v>40000</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
-        <v>2150</v>
+        <v>800</v>
       </c>
       <c r="F19" s="4">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4">
-        <v>35000</v>
+        <v>70000</v>
       </c>
       <c r="F20" s="4">
-        <v>30000</v>
+        <v>60000</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
         <v>0</v>
       </c>
       <c r="E21" s="4">
-        <v>70000</v>
+        <v>35000</v>
       </c>
       <c r="F21" s="4">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
     </row>
     <row r="23" spans="1:9">
@@ -1389,141 +1389,141 @@
       </c>
       <c r="G24" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="4">
         <v>0</v>
       </c>
       <c r="E25" s="4">
-        <v>11990</v>
+        <v>14990</v>
       </c>
       <c r="F25" s="4">
-        <v>11990</v>
+        <v>12990</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="4">
         <v>0</v>
       </c>
       <c r="E26" s="4">
-        <v>14990</v>
+        <v>11990</v>
       </c>
       <c r="F26" s="4">
-        <v>12990</v>
+        <v>11990</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="4">
         <v>0</v>
       </c>
       <c r="E27" s="4">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="F27" s="4">
-        <v>13990</v>
+        <v>11990</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D28" s="4">
         <v>0</v>
       </c>
       <c r="E28" s="4">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="F28" s="4">
-        <v>11990</v>
+        <v>13990</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
         <v>0</v>
       </c>
       <c r="E29" s="4">
@@ -1563,228 +1563,228 @@
       </c>
       <c r="G30" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I30" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="4">
         <v>0</v>
       </c>
       <c r="E31" s="4">
-        <v>16000</v>
+        <v>13990</v>
       </c>
       <c r="F31" s="4">
-        <v>13990</v>
+        <v>12990</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>67</v>
       </c>
       <c r="D32" s="4">
         <v>0</v>
       </c>
       <c r="E32" s="4">
+        <v>16000</v>
+      </c>
+      <c r="F32" s="4">
         <v>13990</v>
-      </c>
-[...1 lines deleted...]
-        <v>12990</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="4">
         <v>0</v>
       </c>
       <c r="E33" s="4">
-        <v>15990</v>
+        <v>23990</v>
       </c>
       <c r="F33" s="4">
-        <v>13990</v>
+        <v>21990</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="4">
         <v>0</v>
       </c>
       <c r="E34" s="4">
+        <v>15990</v>
+      </c>
+      <c r="F34" s="4">
         <v>13990</v>
-      </c>
-[...1 lines deleted...]
-        <v>12990</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="4">
         <v>0</v>
       </c>
       <c r="E35" s="4">
-        <v>23990</v>
+        <v>13990</v>
       </c>
       <c r="F35" s="4">
-        <v>21990</v>
+        <v>12990</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>75</v>
       </c>
       <c r="D36" s="4">
         <v>0</v>
       </c>
       <c r="E36" s="4">
-        <v>4000</v>
+        <v>12000</v>
       </c>
       <c r="F36" s="4">
-        <v>3300</v>
+        <v>7000</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="4">
         <v>0</v>
       </c>
       <c r="E37" s="4">
-        <v>12000</v>
+        <v>4000</v>
       </c>
       <c r="F37" s="4">
-        <v>7000</v>
+        <v>3300</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D38" s="4">
         <v>0</v>
       </c>
       <c r="E38" s="4">
@@ -1824,83 +1824,83 @@
       </c>
       <c r="G39" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
-        <v>17000</v>
+        <v>9990</v>
       </c>
       <c r="F40" s="4">
-        <v>15990</v>
+        <v>11990</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="4">
         <v>0</v>
       </c>
       <c r="E41" s="4">
-        <v>9990</v>
+        <v>17000</v>
       </c>
       <c r="F41" s="4">
-        <v>11990</v>
+        <v>15990</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D42" s="4">
         <v>0</v>
       </c>
       <c r="E42" s="4">
@@ -1953,313 +1953,313 @@
         <v>91</v>
       </c>
       <c r="B44" s="5"/>
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="4">
         <v>0</v>
       </c>
       <c r="E45" s="4">
-        <v>1900</v>
+        <v>1550</v>
       </c>
       <c r="F45" s="4">
-        <v>1650</v>
+        <v>1100</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>97</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
-        <v>11500</v>
+        <v>10500</v>
       </c>
       <c r="F46" s="4">
-        <v>9000</v>
+        <v>8500</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <v>1900</v>
       </c>
       <c r="F47" s="4">
-        <v>1550</v>
+        <v>1650</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
-        <v>1550</v>
+        <v>11500</v>
       </c>
       <c r="F48" s="4">
-        <v>1100</v>
+        <v>9000</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
-        <v>10500</v>
+        <v>1900</v>
       </c>
       <c r="F49" s="4">
-        <v>8500</v>
+        <v>1550</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
         <v>5500</v>
       </c>
       <c r="F50" s="4">
         <v>4500</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="B51" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D51" s="4">
         <v>0</v>
       </c>
       <c r="E51" s="4">
-        <v>2290</v>
+        <v>5000</v>
       </c>
       <c r="F51" s="4">
-        <v>2100</v>
+        <v>4200</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="B52" s="4"/>
+      <c r="B52" s="4" t="s">
+        <v>106</v>
+      </c>
       <c r="C52" s="4" t="s">
         <v>111</v>
       </c>
       <c r="D52" s="4">
         <v>0</v>
       </c>
       <c r="E52" s="4">
-        <v>5000</v>
+        <v>2290</v>
       </c>
       <c r="F52" s="4">
-        <v>4200</v>
+        <v>2100</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C53" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="C53" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="4">
         <v>0</v>
       </c>
       <c r="E53" s="4">
-        <v>2490</v>
+        <v>1500</v>
       </c>
       <c r="F53" s="4">
-        <v>2490</v>
+        <v>1200</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B54" s="4" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="4">
         <v>0</v>
       </c>
       <c r="E54" s="4">
-        <v>1500</v>
+        <v>2490</v>
       </c>
       <c r="F54" s="4">
-        <v>1200</v>
+        <v>2490</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="D55" s="4">
         <v>0</v>
       </c>
       <c r="E55" s="4">
@@ -2483,32 +2483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MACMY.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>macmy.ru catalog price 04.12.2025</dc:title>
+  <dc:title>macmy.ru catalog price 14.01.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>