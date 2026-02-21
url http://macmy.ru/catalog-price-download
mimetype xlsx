--- v3 (2026-01-14)
+++ v4 (2026-02-21)
@@ -16,185 +16,185 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$I$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>Прайс-лист на 14.01.2026</t>
+    <t>Прайс-лист на 21.02.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>MSRP цена</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Миниатюра</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>Apple Mac Pro</t>
   </si>
   <si>
+    <t>Mac Pro 3.1 CPU-2x2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC28G2008</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>Mac Pro 3.1 CPU-2x3.2GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC32G2008</t>
+  </si>
+  <si>
+    <t>Mac Pro 3.1 CPU 2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPQC28G2008</t>
+  </si>
+  <si>
     <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC30G2008</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...19 lines deleted...]
-  <si>
     <t>Память для Mac Pro</t>
   </si>
   <si>
+    <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX2</t>
+  </si>
+  <si>
+    <t>MacMy 4Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX1</t>
+  </si>
+  <si>
     <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
-    <t>память для Mac Pro 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>800MHZ4GBX4</t>
   </si>
   <si>
-    <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
-[...10 lines deleted...]
-  <si>
     <t>Micron 32Gb (4 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>память для Mac Pro 4.1-5.1</t>
   </si>
   <si>
     <t>MC32GBDR3</t>
   </si>
   <si>
     <t>Micron 4Гб (2 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB2</t>
   </si>
   <si>
     <t>Micron 16Gb (2 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>MC16GBDR3</t>
   </si>
   <si>
     <t>Micron 2Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB</t>
   </si>
   <si>
     <t>Micron 64Gb (8 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>MC64GBDR3</t>
   </si>
   <si>
     <t>Micron 1Гб x 1 шт 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ1GB</t>
   </si>
   <si>
+    <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>HY48GBDR3</t>
+  </si>
+  <si>
     <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>HY96GBDR3</t>
   </si>
   <si>
-    <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарты для Mac</t>
   </si>
   <si>
     <t>MacMy Mini 6PIN в 6 и 2PIN</t>
   </si>
   <si>
     <t>кабель питания видеокарты Mac Pro</t>
   </si>
   <si>
     <t>MY6PIN62PIN</t>
   </si>
   <si>
     <t>MacMy Mini 6PIN в 8PIN</t>
   </si>
   <si>
     <t>MY6PIN8PIN</t>
   </si>
   <si>
     <t>Zotac GTX 680 4Gb</t>
   </si>
   <si>
     <t>видеокарта для Mac Pro</t>
   </si>
   <si>
     <t>ZGTX6804GBDR5</t>
@@ -265,150 +265,150 @@
   <si>
     <t>ARHD57701GB</t>
   </si>
   <si>
     <t>ATI Radeon HD2600XT 256Мб</t>
   </si>
   <si>
     <t>ARHD2600256XT</t>
   </si>
   <si>
     <t>Power Color ATI HD4870 512Mб</t>
   </si>
   <si>
     <t>PCATIHD4870</t>
   </si>
   <si>
     <t>PNY Quadro FX 4800 1.5Gb</t>
   </si>
   <si>
     <t>видеокарта Mac Edition</t>
   </si>
   <si>
     <t>PNYFX4800DDR3</t>
   </si>
   <si>
+    <t>Palit GTX 680 Jetstream 4Gb</t>
+  </si>
+  <si>
+    <t>PGTX6804GBDR5</t>
+  </si>
+  <si>
     <t>Palit GTX 680 2Gb</t>
   </si>
   <si>
     <t>PGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Palit GTX 680 Jetstream 4Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>KFA2 GTX 680 EX OC 4Gb</t>
   </si>
   <si>
     <t>KGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gainward GTX 680 Phantom 2Gb</t>
   </si>
   <si>
     <t>GWGTX6802GDR5</t>
   </si>
   <si>
     <t>Опции для Mac</t>
   </si>
   <si>
+    <t>Apple DPS-980BB</t>
+  </si>
+  <si>
+    <t>блок питания для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>APN6140409</t>
+  </si>
+  <si>
+    <t>Apple Bluetooth MA687ZM/A</t>
+  </si>
+  <si>
+    <t>модуль для Mac Pro</t>
+  </si>
+  <si>
+    <t>AMA687ZMAED</t>
+  </si>
+  <si>
+    <t>Apple Mac Pro 3.1 Logic Board</t>
+  </si>
+  <si>
+    <t>материнская плата</t>
+  </si>
+  <si>
+    <t>APN6307997</t>
+  </si>
+  <si>
+    <t>Apple MB988Z/A Wi-Fi</t>
+  </si>
+  <si>
+    <t>AMB988ZAEXT</t>
+  </si>
+  <si>
     <t>Apple MB987Z/A Wi-Fi</t>
   </si>
   <si>
-    <t>модуль для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>AMB987ZAEXT</t>
   </si>
   <si>
-    <t>Apple DPS-980BB</t>
-[...28 lines deleted...]
-  <si>
     <t>MacMy PCIe to SATA III SSD</t>
   </si>
   <si>
     <t>адаптер для Mac Pro</t>
   </si>
   <si>
     <t>PCIESATAIIISSD</t>
   </si>
   <si>
     <t>MacMy 3.1 Processor Upgrade Kit</t>
   </si>
   <si>
     <t>MYP31UPGKIT</t>
   </si>
   <si>
     <t>MacMy PCI-e в 4 порта USB 3.0</t>
   </si>
   <si>
     <t>MYPCIE4PUSB30</t>
   </si>
   <si>
+    <t>Orico PCI-e в 4 порта USB 3.0</t>
+  </si>
+  <si>
+    <t>адаптер для Mac</t>
+  </si>
+  <si>
+    <t>ORPCIE4PUSB30</t>
+  </si>
+  <si>
     <t>Orico 2.5 в 3.5 SSD-HDD</t>
   </si>
   <si>
     <t>O25SSD35HDD</t>
-  </si>
-[...7 lines deleted...]
-    <t>ORPCIE4PUSB30</t>
   </si>
   <si>
     <t>Elecom M-XT4DRBK</t>
   </si>
   <si>
     <t>мышь с трекболлом для левши</t>
   </si>
   <si>
     <t>ELCMXT4DRBK</t>
   </si>
   <si>
     <t>Intel Xeon E5462 2.8 ГГц Harpertown</t>
   </si>
   <si>
     <t>процессор для Mac Pro 3.1</t>
   </si>
   <si>
     <t>IXE546228MHZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -789,51 +789,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="17" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
     <col min="8" max="8" width="18" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" customWidth="true" style="0"/>
@@ -876,235 +876,235 @@
     <row r="5" spans="1:9">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
-        <v>70000</v>
+        <v>65000</v>
       </c>
       <c r="F6" s="4">
-        <v>59000</v>
+        <v>55555</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
+        <v>80000</v>
+      </c>
+      <c r="F7" s="4">
         <v>65000</v>
-      </c>
-[...1 lines deleted...]
-        <v>55555</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
-        <v>80000</v>
+        <v>55000</v>
       </c>
       <c r="F8" s="4">
-        <v>65000</v>
+        <v>50000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
-        <v>55000</v>
+        <v>70000</v>
       </c>
       <c r="F9" s="4">
-        <v>50000</v>
+        <v>59000</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
       <c r="E11" s="4">
-        <v>10800</v>
+        <v>5400</v>
       </c>
       <c r="F11" s="4">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
-        <v>5400</v>
+        <v>2700</v>
       </c>
       <c r="F12" s="4">
-        <v>5000</v>
+        <v>2700</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
-        <v>2700</v>
+        <v>10800</v>
       </c>
       <c r="F13" s="4">
-        <v>2700</v>
+        <v>10000</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D14" s="4">
         <v>0</v>
       </c>
       <c r="E14" s="4">
@@ -1260,83 +1260,83 @@
       </c>
       <c r="G19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4">
-        <v>70000</v>
+        <v>35000</v>
       </c>
       <c r="F20" s="4">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
         <v>0</v>
       </c>
       <c r="E21" s="4">
-        <v>35000</v>
+        <v>70000</v>
       </c>
       <c r="F21" s="4">
-        <v>30000</v>
+        <v>60000</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
     </row>
     <row r="23" spans="1:9">
@@ -1824,83 +1824,83 @@
       </c>
       <c r="G39" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
-        <v>9990</v>
+        <v>17000</v>
       </c>
       <c r="F40" s="4">
-        <v>11990</v>
+        <v>15990</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="4">
         <v>0</v>
       </c>
       <c r="E41" s="4">
-        <v>17000</v>
+        <v>9990</v>
       </c>
       <c r="F41" s="4">
-        <v>15990</v>
+        <v>11990</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D42" s="4">
         <v>0</v>
       </c>
       <c r="E42" s="4">
@@ -1953,170 +1953,170 @@
         <v>91</v>
       </c>
       <c r="B44" s="5"/>
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="4">
         <v>0</v>
       </c>
       <c r="E45" s="4">
-        <v>1550</v>
+        <v>10500</v>
       </c>
       <c r="F45" s="4">
-        <v>1100</v>
+        <v>8500</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>97</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
-        <v>10500</v>
+        <v>1900</v>
       </c>
       <c r="F46" s="4">
-        <v>8500</v>
+        <v>1650</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
-        <v>1900</v>
+        <v>11500</v>
       </c>
       <c r="F47" s="4">
-        <v>1650</v>
+        <v>9000</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
-        <v>11500</v>
+        <v>1900</v>
       </c>
       <c r="F48" s="4">
-        <v>9000</v>
+        <v>1550</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
-        <v>1900</v>
+        <v>1550</v>
       </c>
       <c r="F49" s="4">
-        <v>1550</v>
+        <v>1100</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
@@ -2174,92 +2174,92 @@
       </c>
       <c r="D52" s="4">
         <v>0</v>
       </c>
       <c r="E52" s="4">
         <v>2290</v>
       </c>
       <c r="F52" s="4">
         <v>2100</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D53" s="4">
         <v>0</v>
       </c>
       <c r="E53" s="4">
-        <v>1500</v>
+        <v>2490</v>
       </c>
       <c r="F53" s="4">
-        <v>1200</v>
+        <v>2490</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D54" s="4">
         <v>0</v>
       </c>
       <c r="E54" s="4">
-        <v>2490</v>
+        <v>1500</v>
       </c>
       <c r="F54" s="4">
-        <v>2490</v>
+        <v>1200</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="4" t="s">
         <v>117</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>119</v>
       </c>
       <c r="D55" s="4">
         <v>0</v>
       </c>
       <c r="E55" s="4">
@@ -2483,32 +2483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MACMY.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>macmy.ru catalog price 14.01.2026</dc:title>
+  <dc:title>macmy.ru catalog price 21.02.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>