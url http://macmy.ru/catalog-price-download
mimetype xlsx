--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -16,384 +16,384 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$A$4:$I$4</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>Прайс-лист на 21.02.2026</t>
+    <t>Прайс-лист на 16.03.2026</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Псевдоним</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Остаток</t>
   </si>
   <si>
     <t>MSRP цена</t>
   </si>
   <si>
     <t>Текущая цена</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Миниатюра</t>
   </si>
   <si>
     <t>Ссылка на продукт</t>
   </si>
   <si>
     <t>Apple Mac Pro</t>
   </si>
   <si>
+    <t>Mac Pro 3.1 CPU-2x3.2GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC32G2008</t>
+  </si>
+  <si>
+    <t>Смотреть на сайте</t>
+  </si>
+  <si>
+    <t>Mac Pro 3.1 CPU 2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPQC28G2008</t>
+  </si>
+  <si>
+    <t>Mac Pro 3.1 CPU-2x3.0GHz RAM32Gb VIDEO GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>MPEC30G2008</t>
+  </si>
+  <si>
     <t>Mac Pro 3.1 CPU-2x2.8GHz RAM32Gb VIDEO GTX 680 4Gb</t>
   </si>
   <si>
     <t>MPEC28G2008</t>
   </si>
   <si>
-    <t>Смотреть на сайте</t>
-[...19 lines deleted...]
-  <si>
     <t>Память для Mac Pro</t>
   </si>
   <si>
+    <t>MacMy 4Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 3.1</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX1</t>
+  </si>
+  <si>
+    <t>MacMy 16Gb (4 x 4) 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>800MHZ4GBX4</t>
+  </si>
+  <si>
     <t>MacMy 8Gb (4 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
-    <t>память для Mac Pro 3.1</t>
-[...1 lines deleted...]
-  <si>
     <t>800MHZ4GBX2</t>
   </si>
   <si>
-    <t>MacMy 4Гб x 1 шт 800 МГц ECC FB-DIMM</t>
-[...8 lines deleted...]
-    <t>800MHZ4GBX4</t>
+    <t>Micron 2Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>MC800MHZ2GB</t>
+  </si>
+  <si>
+    <t>Micron 64Gb (8 x 8) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>память для Mac Pro 4.1-5.1</t>
+  </si>
+  <si>
+    <t>MC64GBDR3</t>
+  </si>
+  <si>
+    <t>Micron 1Гб x 1 шт 800 МГц ECC FB-DIMM</t>
+  </si>
+  <si>
+    <t>MC800MHZ1GB</t>
   </si>
   <si>
     <t>Micron 32Gb (4 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
-    <t>память для Mac Pro 4.1-5.1</t>
-[...1 lines deleted...]
-  <si>
     <t>MC32GBDR3</t>
   </si>
   <si>
     <t>Micron 4Гб (2 x 2) 800 МГц ECC FB-DIMM</t>
   </si>
   <si>
     <t>MC800MHZ2GB2</t>
   </si>
   <si>
     <t>Micron 16Gb (2 x 8) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>MC16GBDR3</t>
   </si>
   <si>
-    <t>Micron 2Гб x 1 шт 800 МГц ECC FB-DIMM</t>
-[...14 lines deleted...]
-    <t>MC800MHZ1GB</t>
+    <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
+  </si>
+  <si>
+    <t>HY96GBDR3</t>
   </si>
   <si>
     <t>Hynix 48Gb (16 x 3) 1333 МГц ECC DDR3</t>
   </si>
   <si>
     <t>HY48GBDR3</t>
   </si>
   <si>
-    <t>Hynix 96Gb (16 x 6) 1333 МГц ECC DDR3</t>
-[...4 lines deleted...]
-  <si>
     <t>Видеокарты для Mac</t>
   </si>
   <si>
+    <t>MacMy Mini 6PIN в 8PIN</t>
+  </si>
+  <si>
+    <t>кабель питания видеокарты Mac Pro</t>
+  </si>
+  <si>
+    <t>MY6PIN8PIN</t>
+  </si>
+  <si>
     <t>MacMy Mini 6PIN в 6 и 2PIN</t>
   </si>
   <si>
-    <t>кабель питания видеокарты Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>MY6PIN62PIN</t>
   </si>
   <si>
-    <t>MacMy Mini 6PIN в 8PIN</t>
-[...2 lines deleted...]
-    <t>MY6PIN8PIN</t>
+    <t>Zotac GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>видеокарта для Mac Pro</t>
+  </si>
+  <si>
+    <t>ZGTX6802GBDR5</t>
   </si>
   <si>
     <t>Zotac GTX 680 4Gb</t>
   </si>
   <si>
-    <t>видеокарта для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>ZGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Zotac GTX 680 2Gb</t>
-[...2 lines deleted...]
-    <t>ZGTX6802GBDR5</t>
+    <t>Gigabyte GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>GGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gigabyte GTX 680 2Gb</t>
   </si>
   <si>
     <t>GGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Gigabyte GTX 680 4Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>MSI GTX 680 Twin Frozr III 2Gb</t>
   </si>
   <si>
     <t>MSI6802GTFIII</t>
   </si>
   <si>
     <t>MSI GTX 680 Lightning 2Gb</t>
   </si>
   <si>
     <t>MGTX6802GBDR5</t>
   </si>
   <si>
+    <t>Asus GTX 680 4Gb</t>
+  </si>
+  <si>
+    <t>AGTX6804GBDR5</t>
+  </si>
+  <si>
     <t>Asus GTX 680 2Gb</t>
   </si>
   <si>
     <t>AGTX6802GBDR5</t>
   </si>
   <si>
-    <t>Asus GTX 680 4Gb</t>
-[...2 lines deleted...]
-    <t>AGTX6804GBDR5</t>
+    <t>EVGA GTX 680 SC Signature 2GB</t>
+  </si>
+  <si>
+    <t>EGTX6802GBSC</t>
   </si>
   <si>
     <t>EVGA GTX 680 4Gb</t>
   </si>
   <si>
     <t>EGTX6804GBDR5</t>
   </si>
   <si>
     <t>EVGA GTX 680 FTW Plus 4GB</t>
   </si>
   <si>
     <t>EGTX6804GBPL</t>
   </si>
   <si>
-    <t>EVGA GTX 680 SC Signature 2GB</t>
-[...2 lines deleted...]
-    <t>EGTX6802GBSC</t>
+    <t>ATI Radeon HD2600XT 256Мб</t>
+  </si>
+  <si>
+    <t>ARHD2600256XT</t>
   </si>
   <si>
     <t>ATI Radeon HD 5770</t>
   </si>
   <si>
     <t>ARHD57701GB</t>
   </si>
   <si>
-    <t>ATI Radeon HD2600XT 256Мб</t>
-[...4 lines deleted...]
-  <si>
     <t>Power Color ATI HD4870 512Mб</t>
   </si>
   <si>
     <t>PCATIHD4870</t>
   </si>
   <si>
     <t>PNY Quadro FX 4800 1.5Gb</t>
   </si>
   <si>
     <t>видеокарта Mac Edition</t>
   </si>
   <si>
     <t>PNYFX4800DDR3</t>
   </si>
   <si>
+    <t>Palit GTX 680 2Gb</t>
+  </si>
+  <si>
+    <t>PGTX6802GBDR5</t>
+  </si>
+  <si>
     <t>Palit GTX 680 Jetstream 4Gb</t>
   </si>
   <si>
     <t>PGTX6804GBDR5</t>
   </si>
   <si>
-    <t>Palit GTX 680 2Gb</t>
-[...4 lines deleted...]
-  <si>
     <t>KFA2 GTX 680 EX OC 4Gb</t>
   </si>
   <si>
     <t>KGTX6804GBDR5</t>
   </si>
   <si>
     <t>Gainward GTX 680 Phantom 2Gb</t>
   </si>
   <si>
     <t>GWGTX6802GDR5</t>
   </si>
   <si>
     <t>Опции для Mac</t>
   </si>
   <si>
+    <t>Apple Mac Pro 3.1 Logic Board</t>
+  </si>
+  <si>
+    <t>материнская плата</t>
+  </si>
+  <si>
+    <t>APN6307997</t>
+  </si>
+  <si>
+    <t>Apple MB988Z/A Wi-Fi</t>
+  </si>
+  <si>
+    <t>модуль для Mac Pro</t>
+  </si>
+  <si>
+    <t>AMB988ZAEXT</t>
+  </si>
+  <si>
+    <t>Apple MB987Z/A Wi-Fi</t>
+  </si>
+  <si>
+    <t>AMB987ZAEXT</t>
+  </si>
+  <si>
     <t>Apple DPS-980BB</t>
   </si>
   <si>
     <t>блок питания для Mac Pro 3.1</t>
   </si>
   <si>
     <t>APN6140409</t>
   </si>
   <si>
     <t>Apple Bluetooth MA687ZM/A</t>
   </si>
   <si>
-    <t>модуль для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>AMA687ZMAED</t>
   </si>
   <si>
-    <t>Apple Mac Pro 3.1 Logic Board</t>
-[...17 lines deleted...]
-    <t>AMB987ZAEXT</t>
+    <t>MacMy PCI-e в 4 порта USB 3.0</t>
+  </si>
+  <si>
+    <t>адаптер для Mac Pro</t>
+  </si>
+  <si>
+    <t>MYPCIE4PUSB30</t>
+  </si>
+  <si>
+    <t>MacMy 3.1 Processor Upgrade Kit</t>
+  </si>
+  <si>
+    <t>MYP31UPGKIT</t>
   </si>
   <si>
     <t>MacMy PCIe to SATA III SSD</t>
   </si>
   <si>
-    <t>адаптер для Mac Pro</t>
-[...1 lines deleted...]
-  <si>
     <t>PCIESATAIIISSD</t>
-  </si>
-[...10 lines deleted...]
-    <t>MYPCIE4PUSB30</t>
   </si>
   <si>
     <t>Orico PCI-e в 4 порта USB 3.0</t>
   </si>
   <si>
     <t>адаптер для Mac</t>
   </si>
   <si>
     <t>ORPCIE4PUSB30</t>
   </si>
   <si>
     <t>Orico 2.5 в 3.5 SSD-HDD</t>
   </si>
   <si>
     <t>O25SSD35HDD</t>
   </si>
   <si>
     <t>Elecom M-XT4DRBK</t>
   </si>
   <si>
     <t>мышь с трекболлом для левши</t>
   </si>
   <si>
     <t>ELCMXT4DRBK</t>
   </si>
@@ -789,51 +789,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-32-ghz_id4_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-32-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-quad-core-28-ghz_id1_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-quad-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-30-ghz_id3_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-30-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-eight-core-28-ghz_id2_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-eight-core-28-ghz" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-4gb-x-1-sht-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id5_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/4gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-16gb-4-x-4-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id7_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/16gb-4x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-8gb-4-x-2-800-mgc-ecc-fb-dimm-operativnaya-pamyat_id6_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/8gb-2x4-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-64gb-8-x-16-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id43_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-64gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-1-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id25_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-1gbx1-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-32gb-8-x-4-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id42_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-32gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-2gb-x-2-sht-800-mgc-ecc-fb-dimm-pamyat-dlya-mac-pro-31_id26_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-2gbx2-800mhz-ecc-fbdimm-memory" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/micron/0/thumbs/t_micron-16gb-8-x-2-1333-mgc-ecc-ddr3-pamyat-dlya-mac-pro-41-51_id41_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/micron-16gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-96gb-16-x-6-1333-mgc-ecc-ddr3_id48_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-96gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/hynix/0/thumbs/t_hynix-48gb-16-x-3-1333-mgc-ecc-ddr3_id47_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/hynix-48gb-1333mhz-ecc-ddr3" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-8pin-kabel-pitaniya-videokarti-mac-pro-g5_id18_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-8pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-mini-6pin-v-6-i-2pin-kabel-pitaniya-videokarti-mac-pro_id17_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/mini6pin-6plus2pin-cabel-pcie-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_zotac-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id9_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/zotac-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_gigabyte-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id27_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_gigabyte-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id11_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gigabyte-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/msi/0/thumbs/t_msi-gtx-680-twinfrozr-iii-2gb-videokarta-dlya-mac-pro_id32_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-tf3-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_msi-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id10_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/msi-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gigabyte/0/thumbs/t_asus-gtx-680-4gb-videokarta-dlya-mac-pro_id29_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_asus-gtx-680-2gb-ddr5-videokarta-dlya-mac-pro_id12_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/asus-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-sc-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/zotac/0/thumbs/t_evga-gtx-680-4gb-ddr5-videokarta-dlya-mac-pro_id13_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/evga/0/thumbs/t_evga-gtx-680-sc-signature-2gb-videokarta-dlya-mac-pro_id44_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/evga-gtx-680-plus-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_ati-radeon-hd2600xt-256mb-videokarta-dlya-mac-pro_id15_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd2600xt-256mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/ati/0/thumbs/t_ati-radeon-hd-5770-videokarta-dlya-mac-pro_id40_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/ati-radeon-hd5770-1gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pover color/0/thumbs/t_pover-color-ati-hd4870-512mb-videokarta-dlya-mac-pro_id16_1.gif" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/power-color-ati-hd4870-512mb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/pny/0/thumbs/t_pny-quadro-fx-4800-15gb-ddr3-videokarta-mac-edition_id24_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/pny-quadro-fx-4800-15gb-gddr3-mac-edition" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-2gb_id49_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/palit/0/thumbs/t_palit-gtx-680-4gb-videokarta-dlya-mac-pro_id34_3.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/palit-gtx-680-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/asus/0/thumbs/t_kfa2-gtx-680-4gb-videokarta-dlya-mac-pro_id33_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/kfa-gtx-680-ex-oc-4gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/gainward/0/thumbs/t_gainward-gtx-680-phantom-2gb_id50_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/gainward-gtx-680-2gb-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mac-pro-31-logic-board-materinskaya-plata_id36_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mac-pro-31-logic-board" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb988z-a-wi-fi-modul-dlya-mac-pro_id28_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-mb987z-a-wi-fi-modul-dlya-mac-pro_id38_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-mb988z-a-wi-fi-extreme-38" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-dps-980bb-blok-pitaniya-dlya-mac-pro-31_id35_4.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-dps-980bb-power-supply-mp31" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/apple/0/thumbs/t_apple-bluetooth-ma687zm-a-modul-dlya-mac-pro_id37_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/apple-ma687zma-bluetooth" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-pci-e-v-4-porta-usb-30-adapter-dlya-mac_id39_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pci-e-usb-30-4-ports" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/macmy/0/thumbs/t_macmy-31-processor-upgrade-kit_id21_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-31-processor-upgrade-kit" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/sedna/0/thumbs/t_sedna-pcie-to-sata-iii-ssd-adapter-dlya-mac-pro_id19_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/macmy-pcie-to-sata-3-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/0/thumbs/t_orico-pci-e-to-usb-30-adapter-dlya-mac_id14_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-pci-e-usb-30-4-ports-adapter" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/orico/0/thumbs/t_orico-25-v-35-adapter-ssd-dlya-mac-pro_id20_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/orico-25-to-35-adapter-ssd-for-mac-pro" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/elecom/0/thumbs/t_elecom-m-xt4drbk-mish-s-trekbollom-dlya-levshi_id23_1.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/elecom-m-xt4drbk-left-hand-trackball" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/images/products/intel/0/thumbs/t_intel-xeon-e5462-28-ggc-harpertown-processor-dlya-mac-pro-31_id31_2.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://macmy.ru/catalog/intel-xeon-e5462-slant-c0-harpertown" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="18" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="17" customWidth="true" style="0"/>
     <col min="6" max="6" width="19" customWidth="true" style="0"/>
     <col min="7" max="7" width="18" customWidth="true" style="0"/>
     <col min="8" max="8" width="18" customWidth="true" style="0"/>
     <col min="9" max="9" width="18" customWidth="true" style="0"/>
@@ -876,467 +876,467 @@
     <row r="5" spans="1:9">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="4"/>
       <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
+        <v>80000</v>
+      </c>
+      <c r="F6" s="4">
         <v>65000</v>
-      </c>
-[...1 lines deleted...]
-        <v>55555</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4"/>
       <c r="C7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
-        <v>80000</v>
+        <v>55000</v>
       </c>
       <c r="F7" s="4">
-        <v>65000</v>
+        <v>50000</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="4"/>
       <c r="C8" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
-        <v>55000</v>
+        <v>70000</v>
       </c>
       <c r="F8" s="4">
-        <v>50000</v>
+        <v>59000</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="4"/>
       <c r="C9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
-        <v>70000</v>
+        <v>65000</v>
       </c>
       <c r="F9" s="4">
-        <v>59000</v>
+        <v>55555</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D11" s="4">
         <v>0</v>
       </c>
       <c r="E11" s="4">
-        <v>5400</v>
+        <v>2700</v>
       </c>
       <c r="F11" s="4">
-        <v>5000</v>
+        <v>2700</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
-        <v>2700</v>
+        <v>10800</v>
       </c>
       <c r="F12" s="4">
-        <v>2700</v>
+        <v>10000</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
-        <v>10800</v>
+        <v>5400</v>
       </c>
       <c r="F13" s="4">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="4">
         <v>0</v>
       </c>
       <c r="E14" s="4">
-        <v>22000</v>
+        <v>1250</v>
       </c>
       <c r="F14" s="4">
-        <v>20000</v>
+        <v>1100</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4">
-        <v>2150</v>
+        <v>50000</v>
       </c>
       <c r="F15" s="4">
-        <v>2000</v>
+        <v>40000</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="4">
         <v>0</v>
       </c>
       <c r="E16" s="4">
-        <v>12000</v>
+        <v>800</v>
       </c>
       <c r="F16" s="4">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4">
-        <v>1250</v>
+        <v>22000</v>
       </c>
       <c r="F17" s="4">
-        <v>1100</v>
+        <v>20000</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="4">
         <v>0</v>
       </c>
       <c r="E18" s="4">
-        <v>50000</v>
+        <v>2150</v>
       </c>
       <c r="F18" s="4">
-        <v>40000</v>
+        <v>2000</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
-        <v>800</v>
+        <v>12000</v>
       </c>
       <c r="F19" s="4">
-        <v>500</v>
+        <v>10000</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4">
-        <v>35000</v>
+        <v>70000</v>
       </c>
       <c r="F20" s="4">
-        <v>30000</v>
+        <v>60000</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
         <v>0</v>
       </c>
       <c r="E21" s="4">
-        <v>70000</v>
+        <v>35000</v>
       </c>
       <c r="F21" s="4">
-        <v>60000</v>
+        <v>30000</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
     </row>
     <row r="23" spans="1:9">
@@ -1389,141 +1389,141 @@
       </c>
       <c r="G24" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="4">
         <v>0</v>
       </c>
       <c r="E25" s="4">
-        <v>14990</v>
+        <v>11990</v>
       </c>
       <c r="F25" s="4">
-        <v>12990</v>
+        <v>11990</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="4">
         <v>0</v>
       </c>
       <c r="E26" s="4">
-        <v>11990</v>
+        <v>14990</v>
       </c>
       <c r="F26" s="4">
-        <v>11990</v>
+        <v>12990</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="4">
         <v>0</v>
       </c>
       <c r="E27" s="4">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="F27" s="4">
-        <v>11990</v>
+        <v>13990</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D28" s="4">
         <v>0</v>
       </c>
       <c r="E28" s="4">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="F28" s="4">
-        <v>13990</v>
+        <v>11990</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="4" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D29" s="4">
         <v>0</v>
       </c>
       <c r="E29" s="4">
@@ -1563,228 +1563,228 @@
       </c>
       <c r="G30" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I30" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>65</v>
       </c>
       <c r="D31" s="4">
         <v>0</v>
       </c>
       <c r="E31" s="4">
+        <v>16000</v>
+      </c>
+      <c r="F31" s="4">
         <v>13990</v>
-      </c>
-[...1 lines deleted...]
-        <v>12990</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>67</v>
       </c>
       <c r="D32" s="4">
         <v>0</v>
       </c>
       <c r="E32" s="4">
-        <v>16000</v>
+        <v>13990</v>
       </c>
       <c r="F32" s="4">
-        <v>13990</v>
+        <v>12990</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D33" s="4">
         <v>0</v>
       </c>
       <c r="E33" s="4">
-        <v>23990</v>
+        <v>13990</v>
       </c>
       <c r="F33" s="4">
-        <v>21990</v>
+        <v>12990</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D34" s="4">
         <v>0</v>
       </c>
       <c r="E34" s="4">
-        <v>15990</v>
+        <v>23990</v>
       </c>
       <c r="F34" s="4">
-        <v>13990</v>
+        <v>21990</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="4">
         <v>0</v>
       </c>
       <c r="E35" s="4">
+        <v>15990</v>
+      </c>
+      <c r="F35" s="4">
         <v>13990</v>
-      </c>
-[...1 lines deleted...]
-        <v>12990</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>75</v>
       </c>
       <c r="D36" s="4">
         <v>0</v>
       </c>
       <c r="E36" s="4">
-        <v>12000</v>
+        <v>4000</v>
       </c>
       <c r="F36" s="4">
-        <v>7000</v>
+        <v>3300</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="4">
         <v>0</v>
       </c>
       <c r="E37" s="4">
-        <v>4000</v>
+        <v>12000</v>
       </c>
       <c r="F37" s="4">
-        <v>3300</v>
+        <v>7000</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D38" s="4">
         <v>0</v>
       </c>
       <c r="E38" s="4">
@@ -1824,83 +1824,83 @@
       </c>
       <c r="G39" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="4">
         <v>0</v>
       </c>
       <c r="E40" s="4">
-        <v>17000</v>
+        <v>9990</v>
       </c>
       <c r="F40" s="4">
-        <v>15990</v>
+        <v>11990</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D41" s="4">
         <v>0</v>
       </c>
       <c r="E41" s="4">
-        <v>9990</v>
+        <v>17000</v>
       </c>
       <c r="F41" s="4">
-        <v>11990</v>
+        <v>15990</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D42" s="4">
         <v>0</v>
       </c>
       <c r="E42" s="4">
@@ -1953,199 +1953,199 @@
         <v>91</v>
       </c>
       <c r="B44" s="5"/>
       <c r="C44" s="5"/>
       <c r="D44" s="5"/>
       <c r="E44" s="5"/>
       <c r="F44" s="5"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="5"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="4">
         <v>0</v>
       </c>
       <c r="E45" s="4">
-        <v>10500</v>
+        <v>11500</v>
       </c>
       <c r="F45" s="4">
-        <v>8500</v>
+        <v>9000</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4" t="s">
         <v>95</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>97</v>
       </c>
       <c r="D46" s="4">
         <v>0</v>
       </c>
       <c r="E46" s="4">
         <v>1900</v>
       </c>
       <c r="F46" s="4">
-        <v>1650</v>
+        <v>1550</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="C47" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
-        <v>11500</v>
+        <v>1550</v>
       </c>
       <c r="F47" s="4">
-        <v>9000</v>
+        <v>1100</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" s="4" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>102</v>
       </c>
       <c r="D48" s="4">
         <v>0</v>
       </c>
       <c r="E48" s="4">
-        <v>1900</v>
+        <v>10500</v>
       </c>
       <c r="F48" s="4">
-        <v>1550</v>
+        <v>8500</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>104</v>
       </c>
       <c r="D49" s="4">
         <v>0</v>
       </c>
       <c r="E49" s="4">
-        <v>1550</v>
+        <v>1900</v>
       </c>
       <c r="F49" s="4">
-        <v>1100</v>
+        <v>1650</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D50" s="4">
         <v>0</v>
       </c>
       <c r="E50" s="4">
-        <v>5500</v>
+        <v>2290</v>
       </c>
       <c r="F50" s="4">
-        <v>4500</v>
+        <v>2100</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="4" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="4"/>
       <c r="C51" s="4" t="s">
         <v>109</v>
       </c>
       <c r="D51" s="4">
         <v>0</v>
       </c>
       <c r="E51" s="4">
         <v>5000</v>
       </c>
@@ -2154,54 +2154,54 @@
       </c>
       <c r="G51" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="4" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>111</v>
       </c>
       <c r="D52" s="4">
         <v>0</v>
       </c>
       <c r="E52" s="4">
-        <v>2290</v>
+        <v>5500</v>
       </c>
       <c r="F52" s="4">
-        <v>2100</v>
+        <v>4500</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>7</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>8</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>114</v>
       </c>
       <c r="D53" s="4">
         <v>0</v>
       </c>
       <c r="E53" s="4">
@@ -2483,32 +2483,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Price</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MACMY.RU Price Generator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>macmy.ru catalog price 21.02.2026</dc:title>
+  <dc:title>macmy.ru catalog price 16.03.2026</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>